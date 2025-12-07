--- v0 (2025-10-04)
+++ v1 (2025-12-07)
@@ -235,51 +235,51 @@
       <w:r w:rsidR="007B4B63">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> DE</w:t>
       </w:r>
       <w:r w:rsidR="00563743">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> LA</w:t>
       </w:r>
       <w:r w:rsidR="00403E30">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00974E85" w:rsidRPr="00974E85">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>PRESTACIÓN DE AYUDA PARA MORIR</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E717AE" w:rsidRDefault="00E717AE" w:rsidP="007B4B63">
+    <w:p w:rsidR="00267162" w:rsidRDefault="00267162" w:rsidP="007B4B63">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00974E85" w:rsidRDefault="00974E85" w:rsidP="007B4B63">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>Yo, ______________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00403E30">
         <w:t>____</w:t>
@@ -336,352 +336,392 @@
       </w:r>
       <w:r w:rsidR="00613857">
         <w:t>_, código</w:t>
       </w:r>
       <w:r w:rsidR="000B653B">
         <w:t xml:space="preserve"> postal _________</w:t>
       </w:r>
       <w:r w:rsidR="00403E30">
         <w:t>__</w:t>
       </w:r>
       <w:r w:rsidR="00133C71">
         <w:t>_</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000B653B" w:rsidRDefault="00974E85" w:rsidP="007B4B63">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
-        <w:t>teléfono 1________________ teléfono 2 _____</w:t>
+        <w:t>teléfono 1________________ tel</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:t>éfono 2 _____</w:t>
       </w:r>
       <w:r w:rsidR="009D0692">
         <w:t>_________, c</w:t>
       </w:r>
       <w:r w:rsidR="00FF0DBA">
         <w:t xml:space="preserve">orreo electrónico </w:t>
       </w:r>
       <w:r w:rsidR="000B653B">
         <w:t>____</w:t>
       </w:r>
       <w:r w:rsidR="00FF0DBA">
         <w:t>___________</w:t>
       </w:r>
       <w:r w:rsidR="009D0692">
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidR="00FF0DBA">
         <w:t>_______</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00974E85" w:rsidRDefault="00974E85" w:rsidP="007B4B63">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>DECLARO</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007B4B63" w:rsidRDefault="007B4B63" w:rsidP="007B4B63">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:t>Que, con fecha _________________ presenté Solicitud de Prestación de ayuda para morir.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D13595" w:rsidRDefault="00D13595" w:rsidP="00D13595">
+    <w:p w:rsidR="00D13595" w:rsidRDefault="00D13595" w:rsidP="00267162">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w:rsidR="00D13595" w:rsidRDefault="00D13595" w:rsidP="00D13595">
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Que con fecha____________ La Comisión de Garantía y Evaluación </w:t>
+      </w:r>
+      <w:r w:rsidR="001940B5">
+        <w:t>emitió informe favorable par</w:t>
+      </w:r>
+      <w:r>
+        <w:t>a recibir la prestación</w:t>
+      </w:r>
+      <w:r w:rsidR="001940B5">
+        <w:t xml:space="preserve"> de ayuda a morir</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E717AE" w:rsidRDefault="00D13595" w:rsidP="00267162">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Que, con esta fecha, solicito:</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="00E717AE" w:rsidRDefault="00E717AE" w:rsidP="00E717AE">
+      <w:r w:rsidR="00267162">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E717AE">
+        <w:t xml:space="preserve">EL APLAZAMIENTO DE LA ADMINISTRACIÓN DE LA AYUDA PARA MORIR, habiendo sido informado/a por el médico/a responsable, que este aplazamiento que </w:t>
+      </w:r>
+      <w:r w:rsidR="001940B5">
+        <w:t>solicito, no podrá superar los 3</w:t>
+      </w:r>
+      <w:r w:rsidR="00E717AE">
+        <w:t xml:space="preserve"> meses, a fin de garantizar que sigo cumpliendo todos los requisitos para recibir la prestación de ayuda para morir. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D13595" w:rsidRDefault="001940B5" w:rsidP="00E717AE">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">EL APLAZAMIENTO DE LA ADMINISTRACIÓN DE LA AYUDA PARA MORIR, habiendo sido informado/a por el médico/a responsable, que este aplazamiento que solicito, no podrá superar los 2 meses, a fin de garantizar que sigo cumpliendo todos los requisitos para recibir la prestación de ayuda para morir. </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00D13595" w:rsidRDefault="00E717AE" w:rsidP="00E717AE">
+        <w:t xml:space="preserve">Transcurrido el plazo de 3 meses desde la </w:t>
+      </w:r>
+      <w:r w:rsidR="009E5EC7" w:rsidRPr="00683EAD">
+        <w:t xml:space="preserve">fecha de la </w:t>
+      </w:r>
+      <w:r>
+        <w:t>presente solicitud</w:t>
+      </w:r>
+      <w:r w:rsidR="00851E31">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> el procedimiento habrá caducado</w:t>
+      </w:r>
+      <w:r w:rsidR="00E717AE">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B4B63" w:rsidRDefault="00974E85" w:rsidP="00267162">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
-        <w:t>Transcurrido el plazo de 2 meses, se entenderá que desisto del procedimiento iniciado.</w:t>
-[...11 lines deleted...]
-      <w:r>
         <w:t>En ______________</w:t>
       </w:r>
       <w:r w:rsidR="00901E9E">
         <w:t>____</w:t>
       </w:r>
       <w:r>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidR="00901E9E">
         <w:t>________</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>a</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> _____</w:t>
       </w:r>
       <w:r w:rsidR="00133C71">
         <w:t>__</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> de ___</w:t>
       </w:r>
       <w:r w:rsidR="00901E9E">
         <w:t>_____</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">____________ </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>de</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> 20</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="007B4B63" w:rsidRDefault="007B4B63" w:rsidP="007B4B63">
+      <w:r w:rsidR="009E5EC7">
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B207D" w:rsidRDefault="007B207D" w:rsidP="007B4B63">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="center"/>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="007B207D" w:rsidRDefault="007B207D" w:rsidP="007B4B63">
+      <w:r>
+        <w:t>FIRMA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267162" w:rsidRDefault="00267162" w:rsidP="007B4B63">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="00DD27CA" w:rsidRDefault="00DD27CA" w:rsidP="00E717AE">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="007B4B63" w:rsidRDefault="007B4B63" w:rsidP="007B4B63">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:t>FIRMA POR OTRA PERSONA (imposibilidad de firmar el solicitante)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007B4B63" w:rsidRDefault="007B4B63" w:rsidP="007B4B63">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:t>Yo, _______________________________________con DNI/NIE nº _________________________, mayor de edad y capaz.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007B4B63" w:rsidRDefault="007B4B63" w:rsidP="00E717AE">
+    <w:p w:rsidR="007B4B63" w:rsidRDefault="007B4B63" w:rsidP="00267162">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>DECLARO</w:t>
       </w:r>
+      <w:r w:rsidR="00267162">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Que _________________________________________________ no se encuentra en condiciones de firmar el presente documento, por las siguientes razones:</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="007B4B63" w:rsidRDefault="007B4B63" w:rsidP="007B4B63">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
-        <w:t>Que _________________________________________________ no se encuentra en condiciones de firmar el presente documento, por las siguientes razones:</w:t>
+        <w:t>_________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00D13595">
+        <w:t>_____________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007B4B63" w:rsidRDefault="007B4B63" w:rsidP="007B4B63">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
-        <w:t>_________________________________________________________________________</w:t>
-[...2 lines deleted...]
-        <w:t>_____________</w:t>
+        <w:t>Para lo cual, firmo yo, y en su nombre, el presente documento.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007B4B63" w:rsidRDefault="007B4B63" w:rsidP="007B4B63">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
-        <w:t>Para lo cual, firmo yo, y en su nombre, el presente documento.</w:t>
-[...11 lines deleted...]
-      <w:r>
         <w:t xml:space="preserve">En ___________________, a _____ de ________________ </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>de</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> 202__</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007B4B63" w:rsidRPr="007B4B63" w:rsidRDefault="007B4B63" w:rsidP="00E717AE">
+    <w:p w:rsidR="00267162" w:rsidRDefault="007B4B63" w:rsidP="00267162">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>FIRMA</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="007B4B63" w:rsidRPr="007B4B63" w:rsidSect="00B97332">
+    <w:p w:rsidR="00267162" w:rsidRPr="007B4B63" w:rsidRDefault="00267162" w:rsidP="00267162">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00267162" w:rsidRPr="007B4B63" w:rsidSect="00B97332">
       <w:headerReference w:type="even" r:id="rId8"/>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="even" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1843" w:right="991" w:bottom="709" w:left="1134" w:header="430" w:footer="288" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w:rsidR="00BB2347" w:rsidRDefault="00BB2347" w:rsidP="00464735">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
@@ -761,51 +801,51 @@
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="539189563"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w:rsidR="00464735" w:rsidRDefault="00D26BB7">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="004E0280">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D874F1">
+        <w:r w:rsidR="00683EAD">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w:rsidR="00464735" w:rsidRDefault="00464735">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="00D874F1" w:rsidRDefault="00D874F1">
@@ -831,102 +871,100 @@
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="00BB2347" w:rsidRDefault="00BB2347" w:rsidP="00464735">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="00D874F1" w:rsidRDefault="00D874F1">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00403E30" w:rsidRDefault="00D874F1">
+  <w:p w:rsidR="00403E30" w:rsidRDefault="00683EAD">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:object w:dxaOrig="1440" w:dyaOrig="1440">
         <v:group id="_x0000_s2053" style="position:absolute;margin-left:-29.25pt;margin-top:-8.9pt;width:112pt;height:68.5pt;z-index:251664384" coordorigin="1116,252" coordsize="2240,1370">
           <v:rect id="_x0000_s2050" style="position:absolute;left:1130;top:1262;width:2226;height:360" o:regroupid="2" stroked="f">
             <v:textbox style="mso-next-textbox:#_x0000_s2050">
               <w:txbxContent>
                 <w:p w:rsidR="00403E30" w:rsidRDefault="00D874F1" w:rsidP="00403E30">
                   <w:r>
                     <w:rPr>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>CONSEJERÍA DE SALUD</w:t>
                   </w:r>
-                  <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-                  <w:bookmarkEnd w:id="0"/>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:rect>
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
           <v:shape id="_x0000_s2051" type="#_x0000_t75" style="position:absolute;left:1116;top:252;width:2107;height:1047;visibility:visible;mso-wrap-edited:f" o:regroupid="2">
             <v:imagedata r:id="rId1" o:title=""/>
           </v:shape>
         </v:group>
-        <o:OLEObject Type="Embed" ProgID="Word.Picture.8" ShapeID="_x0000_s2051" DrawAspect="Content" ObjectID="_1791361840" r:id="rId2"/>
+        <o:OLEObject Type="Embed" ProgID="Word.Picture.8" ShapeID="_x0000_s2051" DrawAspect="Content" ObjectID="_1826360315" r:id="rId2"/>
       </w:object>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="00D874F1" w:rsidRDefault="00D874F1">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30DC1CBD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6C1E2944"/>
     <w:lvl w:ilvl="0" w:tplc="0C0A0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -1370,120 +1408,125 @@
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2055"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
       <o:regrouptable v:ext="edit">
         <o:entry new="1" old="0"/>
         <o:entry new="2" old="0"/>
       </o:regrouptable>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00974E85"/>
     <w:rsid w:val="0001276D"/>
     <w:rsid w:val="00023391"/>
     <w:rsid w:val="000A6C77"/>
     <w:rsid w:val="000B653B"/>
     <w:rsid w:val="00133C71"/>
     <w:rsid w:val="00187D1B"/>
+    <w:rsid w:val="001940B5"/>
     <w:rsid w:val="001A5B2F"/>
     <w:rsid w:val="001E7291"/>
+    <w:rsid w:val="00267162"/>
     <w:rsid w:val="002C4D31"/>
     <w:rsid w:val="002E0977"/>
     <w:rsid w:val="0034772D"/>
     <w:rsid w:val="00403E30"/>
     <w:rsid w:val="00464735"/>
     <w:rsid w:val="004E0280"/>
     <w:rsid w:val="004F1B2E"/>
     <w:rsid w:val="004F2E51"/>
     <w:rsid w:val="00563743"/>
     <w:rsid w:val="00575C93"/>
     <w:rsid w:val="00593A2F"/>
     <w:rsid w:val="005A2F22"/>
     <w:rsid w:val="00613857"/>
     <w:rsid w:val="0062232F"/>
     <w:rsid w:val="00631FDD"/>
+    <w:rsid w:val="00683EAD"/>
     <w:rsid w:val="006A59AB"/>
     <w:rsid w:val="007701A2"/>
     <w:rsid w:val="007B207D"/>
     <w:rsid w:val="007B4B63"/>
     <w:rsid w:val="007F7F55"/>
+    <w:rsid w:val="00851E31"/>
     <w:rsid w:val="00864800"/>
     <w:rsid w:val="008B3CFA"/>
     <w:rsid w:val="00901E9E"/>
     <w:rsid w:val="0090434A"/>
     <w:rsid w:val="00953943"/>
     <w:rsid w:val="00974E85"/>
     <w:rsid w:val="00995E8B"/>
     <w:rsid w:val="009D0692"/>
     <w:rsid w:val="009D5A5C"/>
+    <w:rsid w:val="009E5EC7"/>
     <w:rsid w:val="00A544F7"/>
     <w:rsid w:val="00AB6237"/>
     <w:rsid w:val="00AC6584"/>
     <w:rsid w:val="00AD6C55"/>
     <w:rsid w:val="00AF2021"/>
     <w:rsid w:val="00B94F49"/>
     <w:rsid w:val="00B97332"/>
     <w:rsid w:val="00BB2347"/>
     <w:rsid w:val="00BB6859"/>
     <w:rsid w:val="00C0411B"/>
     <w:rsid w:val="00C10357"/>
     <w:rsid w:val="00C42722"/>
     <w:rsid w:val="00C727A9"/>
     <w:rsid w:val="00D00C52"/>
     <w:rsid w:val="00D13595"/>
     <w:rsid w:val="00D154B3"/>
     <w:rsid w:val="00D26BB7"/>
     <w:rsid w:val="00D37E8C"/>
     <w:rsid w:val="00D43094"/>
     <w:rsid w:val="00D874F1"/>
     <w:rsid w:val="00DB7D7B"/>
     <w:rsid w:val="00DD27CA"/>
     <w:rsid w:val="00DE63AF"/>
     <w:rsid w:val="00DF490C"/>
     <w:rsid w:val="00E717AE"/>
@@ -1500,51 +1543,50 @@
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2055"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
       <o:regrouptable v:ext="edit">
         <o:entry new="1" old="0"/>
       </o:regrouptable>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1AC376CA"/>
   <w15:docId w15:val="{E465208D-B22D-4152-B85B-2B3973E9548B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2309,79 +2351,79 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1DCC7C6D-94BF-4B3E-B103-5823E4F2456B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{50C124E3-9D27-461D-AB6C-DC6C59694579}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>263</Words>
-  <Characters>1449</Characters>
+  <Words>270</Words>
+  <Characters>1490</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>12</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1709</CharactersWithSpaces>
+  <CharactersWithSpaces>1757</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>13756910</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>